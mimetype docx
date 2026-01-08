--- v0 (2025-11-02)
+++ v1 (2026-01-08)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/serco_entre.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_F0A86E" descr="https://www.arcat.com/clients/gfx/serco_entre.png"/>
+              <wp:docPr id="1" name="Picture rId_49D084" descr="https://www.arcat.com/clients/gfx/serco_entre.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_F0A86E" descr="https://www.arcat.com/clients/gfx/serco_entre.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_49D084" descr="https://www.arcat.com/clients/gfx/serco_entre.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_F0A86E"/>
+                      <a:blip r:link="rId_49D084"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Carrollton, TX 75006</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-933-4834</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 972-466-0707</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 972-323-2661</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_FE84B8_1" w:history="1">
+      <w:hyperlink r:id="rId_1385BC_1" w:history="1">
         <w:tooltip>request info (Serco@4frontes.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (Serco@4frontes.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_FE84B8_2" w:history="1">
+      <w:hyperlink r:id="rId_1385BC_2" w:history="1">
         <w:tooltip>https://sercodockproducts.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://sercodockproducts.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_FE84B8_3" w:history="1">
+      <w:hyperlink r:id="rId_1385BC_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>The Serco brand has been a leader in the industry for more than five decades, known for its durable and reliable loading dock equipment with a focus on hydraulic dock levelers, safety products and programmable control systems. Today you'll find a variety of Serco loading dock products to tackle challenges such as energy efficiency, cold storage, and industrial operations. Whether you're running a high-volume loading dock or simply need a better way to operate manual tasks, you'll find a product to fit your needs within the Serco product line.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Serco's comprehensive offerings include commercial sectional doors, loading dock equipment, HVLS fans, high-performance doors, residential garage doors, pedestrian door automation and operators. Serco product brands are sold through an extensive network of trained dealers who provide superior installation and service throughout the U.S., Canada, and Mexico.</w:t>
       </w:r>
     </w:p>
@@ -1012,66 +1012,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Carrollton, TX 75006</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-933-4834</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 972-466-0707</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 972-323-2661</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F8EDED_1" w:history="1">
+      <w:hyperlink r:id="rId_9DFDD3_1" w:history="1">
         <w:tooltip>request info (Serco@4frontes.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (Serco@4frontes.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F8EDED_2" w:history="1">
+      <w:hyperlink r:id="rId_9DFDD3_2" w:history="1">
         <w:tooltip>https://sercodockproducts.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://sercodockproducts.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -42514,81 +42514,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_F0A86E"
+  Id="rId_49D084"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/serco_entre.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_FE84B8_1"
+  Id="rId_1385BC_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Serco&amp;message=RE%253A%2520Spec%2520Question%2520(11160ser)%253A%2520&amp;coid=35450&amp;spec=11160ser&amp;rep=&amp;fax=972-323-2661"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_FE84B8_2"
+  Id="rId_1385BC_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://sercodockproducts.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_FE84B8_3"
+  Id="rId_1385BC_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/serco-35450"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F8EDED_1"
+  Id="rId_9DFDD3_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Serco&amp;message=RE%253A%2520Spec%2520Question%2520(11160ser)%253A%2520&amp;coid=35450&amp;spec=11160ser&amp;rep=&amp;fax=972-323-2661"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F8EDED_2"
+  Id="rId_9DFDD3_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://sercodockproducts.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>