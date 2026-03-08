--- v0 (2025-12-25)
+++ v1 (2026-03-08)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/skydeck.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_98F70D" descr="https://www.arcat.com/clients/gfx/skydeck.png"/>
+              <wp:docPr id="1" name="Picture rId_11638E" descr="https://www.arcat.com/clients/gfx/skydeck.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_98F70D" descr="https://www.arcat.com/clients/gfx/skydeck.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_11638E" descr="https://www.arcat.com/clients/gfx/skydeck.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_98F70D"/>
+                      <a:blip r:link="rId_11638E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of SkyDeck USA, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>4450 Bradford Farms Ct.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Grand Rapids, MI 49525</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 616-308-6309</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1FABDF_1" w:history="1">
+      <w:hyperlink r:id="rId_EACF1A_1" w:history="1">
         <w:tooltip>request info (ceagan@skydeckusa.com ) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (ceagan@skydeckusa.com )</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1FABDF_2" w:history="1">
+      <w:hyperlink r:id="rId_EACF1A_2" w:history="1">
         <w:tooltip>https://skydeckusa.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://skydeckusa.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1FABDF_3" w:history="1">
+      <w:hyperlink r:id="rId_EACF1A_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Our company was born out of an installation company who got tired of using difficult and time consuming pedestals so we did something about it. We created Skydeck USA and the SkyJack Pedestal Product Line which is made BY installers FOR installers - to save you time, labor, money, and migraines!</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We have installed and worked with the installers on some of the largest and most prominent rooftop decks and patios in the USA. Lean on our experience through the following services:</w:t>
       </w:r>
       <w:r>
@@ -1365,66 +1365,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: SkyDeck USA, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>4450 Bradford Farms Ct.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Grand Rapids, MI 49525</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 616-308-6309</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0A092D_1" w:history="1">
+      <w:hyperlink r:id="rId_C2B836_1" w:history="1">
         <w:tooltip>request info (ceagan@skydeckusa.com ) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (ceagan@skydeckusa.com )</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0A092D_2" w:history="1">
+      <w:hyperlink r:id="rId_C2B836_2" w:history="1">
         <w:tooltip>https://skydeckusa.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://skydeckusa.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -4095,81 +4095,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_98F70D"
+  Id="rId_11638E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/skydeck.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1FABDF_1"
+  Id="rId_EACF1A_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=SkyDeck%252BUSA&amp;message=RE%253A%2520Spec%2520Question%2520(07761skd)%253A%2520&amp;coid=53993&amp;spec=07761skd&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1FABDF_2"
+  Id="rId_EACF1A_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://skydeckusa.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1FABDF_3"
+  Id="rId_EACF1A_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/skydeck-usa-53993"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0A092D_1"
+  Id="rId_C2B836_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=SkyDeck%252BUSA&amp;message=RE%253A%2520Spec%2520Question%2520(07761skd)%253A%2520&amp;coid=53993&amp;spec=07761skd&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0A092D_2"
+  Id="rId_C2B836_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://skydeckusa.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>