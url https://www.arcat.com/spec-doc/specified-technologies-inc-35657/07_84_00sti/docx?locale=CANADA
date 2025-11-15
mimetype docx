--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/specifie.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_3554E7" descr="https://www.arcat.com/clients/gfx/specifie.png"/>
+              <wp:docPr id="1" name="Picture rId_659A04" descr="https://www.arcat.com/clients/gfx/specifie.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_3554E7" descr="https://www.arcat.com/clients/gfx/specifie.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_659A04" descr="https://www.arcat.com/clients/gfx/specifie.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_3554E7"/>
+                      <a:blip r:link="rId_659A04"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -226,51 +226,51 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web:  http://www.stifirestop.com</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_016DF8_1" w:history="1">
+      <w:hyperlink r:id="rId_4D903B_1" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>STI leads the industry in developing innovative fire protection systems that help stop the spread of fire, smoke, and hot gases. For over 30 years, our team has worked hand in hand with the construction industry to create simple solutions to complex firestopping problems. Our SpecSeal� and EZ Path� product lines are engineered to deliver powerful performance. Because our system designs are user-driven, they are easier to apply. The result is simply designed, outstanding fire protection systems which often result in lower installed costs. STI products and systems offer innovative firestop solutions for all types of new construction and retrofit applications. Since firestopping is our only business, we concentrate all our resources on providing the highest quality, fully tested, innovative firestopping solutions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7014,57 +7014,57 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_3554E7"
+  Id="rId_659A04"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/specifie.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_016DF8_1"
+  Id="rId_4D903B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/specified-technologies-inc-35657"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>