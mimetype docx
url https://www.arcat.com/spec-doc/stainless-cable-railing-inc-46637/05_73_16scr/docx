--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/cabrail.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_F6C022" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
+              <wp:docPr id="1" name="Picture rId_4B6708" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_F6C022" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_4B6708" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_F6C022"/>
+                      <a:blip r:link="rId_4B6708"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>4055 S. Grant St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Washougal, WA 98671</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-686-7245 (RAIL)</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-686-7245</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C76476_1" w:history="1">
+      <w:hyperlink r:id="rId_46F3F4_1" w:history="1">
         <w:tooltip>request info (sales@stainlesscablerailing.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@stainlesscablerailing.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C76476_2" w:history="1">
+      <w:hyperlink r:id="rId_46F3F4_2" w:history="1">
         <w:tooltip>https://www.stainlesscablerailing.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.stainlesscablerailing.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C76476_3" w:history="1">
+      <w:hyperlink r:id="rId_46F3F4_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Stainless Cable &amp; Railing Inc. manufactures quality exterior and interior cable railing systems distributed across North America. We are focused in providing "off the shelf" aluminum and stainless steel railing solutions for the architect/designer, as well as offering custom designed fabrication services to meet your specific needs. If you need any assistance specifying cable railing for your next project, please give us a call at 888-686-7245 (RAIL).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2297,66 +2297,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>4055 S. Grant St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Washougal, WA 98671</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-686-7245 (RAIL)</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-686-7245</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F607AF_1" w:history="1">
+      <w:hyperlink r:id="rId_D40081_1" w:history="1">
         <w:tooltip>request info (sales@stainlesscablerailing.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@stainlesscablerailing.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F607AF_2" w:history="1">
+      <w:hyperlink r:id="rId_D40081_2" w:history="1">
         <w:tooltip>https://www.stainlesscablerailing.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.stainlesscablerailing.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8775,81 +8775,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_F6C022"
+  Id="rId_4B6708"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/cabrail.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C76476_1"
+  Id="rId_46F3F4_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Stainless%252BCable%252B%252526%252BRailing%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(05721scr)%253A%2520&amp;coid=46637&amp;spec=05721scr&amp;rep=&amp;fax=888-686-7245"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C76476_2"
+  Id="rId_46F3F4_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.stainlesscablerailing.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C76476_3"
+  Id="rId_46F3F4_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/stainless-cable-railing-inc-46637"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F607AF_1"
+  Id="rId_D40081_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Stainless%252BCable%252B%252526%252BRailing%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(05721scr)%253A%2520&amp;coid=46637&amp;spec=05721scr&amp;rep=&amp;fax=888-686-7245"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F607AF_2"
+  Id="rId_D40081_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.stainlesscablerailing.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>