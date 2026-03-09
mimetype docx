--- v1 (2026-02-15)
+++ v2 (2026-03-09)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/cabrail.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_4B6708" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
+              <wp:docPr id="1" name="Picture rId_BB7476" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_4B6708" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_BB7476" descr="https://www.arcat.com/clients/gfx/cabrail.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_4B6708"/>
+                      <a:blip r:link="rId_BB7476"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>4055 S. Grant St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Washougal, WA 98671</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-686-7245 (RAIL)</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-686-7245</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_46F3F4_1" w:history="1">
+      <w:hyperlink r:id="rId_5626BA_1" w:history="1">
         <w:tooltip>request info (sales@stainlesscablerailing.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@stainlesscablerailing.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_46F3F4_2" w:history="1">
+      <w:hyperlink r:id="rId_5626BA_2" w:history="1">
         <w:tooltip>https://www.stainlesscablerailing.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.stainlesscablerailing.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_46F3F4_3" w:history="1">
+      <w:hyperlink r:id="rId_5626BA_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Stainless Cable &amp; Railing Inc. manufactures quality exterior and interior cable railing systems distributed across North America. We are focused in providing "off the shelf" aluminum and stainless steel railing solutions for the architect/designer, as well as offering custom designed fabrication services to meet your specific needs. If you need any assistance specifying cable railing for your next project, please give us a call at 888-686-7245 (RAIL).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2297,66 +2297,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>4055 S. Grant St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Washougal, WA 98671</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-686-7245 (RAIL)</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-686-7245</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_D40081_1" w:history="1">
+      <w:hyperlink r:id="rId_723F1F_1" w:history="1">
         <w:tooltip>request info (sales@stainlesscablerailing.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@stainlesscablerailing.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_D40081_2" w:history="1">
+      <w:hyperlink r:id="rId_723F1F_2" w:history="1">
         <w:tooltip>https://www.stainlesscablerailing.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.stainlesscablerailing.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8775,81 +8775,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_4B6708"
+  Id="rId_BB7476"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/cabrail.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_46F3F4_1"
+  Id="rId_5626BA_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Stainless%252BCable%252B%252526%252BRailing%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(05721scr)%253A%2520&amp;coid=46637&amp;spec=05721scr&amp;rep=&amp;fax=888-686-7245"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_46F3F4_2"
+  Id="rId_5626BA_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.stainlesscablerailing.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_46F3F4_3"
+  Id="rId_5626BA_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/stainless-cable-railing-inc-46637"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_D40081_1"
+  Id="rId_723F1F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Stainless%252BCable%252B%252526%252BRailing%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(05721scr)%253A%2520&amp;coid=46637&amp;spec=05721scr&amp;rep=&amp;fax=888-686-7245"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_D40081_2"
+  Id="rId_723F1F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.stainlesscablerailing.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>