--- v0 (2026-01-26)
+++ v1 (2026-03-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/tiedowneng.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2190750" cy="552450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_9F3F7F" descr="https://www.arcat.com/clients/gfx/tiedowneng.png"/>
+              <wp:docPr id="1" name="Picture rId_129F30" descr="https://www.arcat.com/clients/gfx/tiedowneng.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_9F3F7F" descr="https://www.arcat.com/clients/gfx/tiedowneng.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_129F30" descr="https://www.arcat.com/clients/gfx/tiedowneng.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_9F3F7F"/>
+                      <a:blip r:link="rId_129F30"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2190750" cy="552450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -180,91 +180,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>605 Stonehill Drive S.W.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Atlanta, GA 30336</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-241-1806</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 404-344-0000</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F420FA_1" w:history="1">
+      <w:hyperlink r:id="rId_A1FB22_1" w:history="1">
         <w:tooltip>request info (sales@tiedown.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@tiedown.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F420FA_2" w:history="1">
+      <w:hyperlink r:id="rId_A1FB22_2" w:history="1">
         <w:tooltip>https://www.tiedown.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.tiedown.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F420FA_3" w:history="1">
+      <w:hyperlink r:id="rId_A1FB22_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tie Down has always believed in growth through innovation in both product and manufacturing capabilities. In the early 80's, Tie Down became one of the first manufacturers in the Southeast to incorporate robotic welding. Early 90's brought CNC sheet laser cutting permitting the growth of products no longer dependent on the older legacy manufacturing methods that traditionally required great expense in both hard tooling and higher volume run requirements from coiled steel. CNC laser cutting also allowed much greater freedom in engineering design as the shapes and profiles being produced in CAD were no longer constrained to hard tooling. Tie Down was also an early adopter of 3D modeling as well as FEA analysis when such tools were still in their infancy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -953,66 +953,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>605 Stonehill Drive S.W.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Atlanta, GA 30336</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-241-1806</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 404-344-0000</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5A67FA_1" w:history="1">
+      <w:hyperlink r:id="rId_599D65_1" w:history="1">
         <w:tooltip>request info (sales@tiedown.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@tiedown.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5A67FA_2" w:history="1">
+      <w:hyperlink r:id="rId_599D65_2" w:history="1">
         <w:tooltip>https://www.tiedown.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.tiedown.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3985,81 +3985,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_9F3F7F"
+  Id="rId_129F30"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/tiedowneng.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F420FA_1"
+  Id="rId_A1FB22_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Tie%252BDown&amp;message=RE%253A%2520Spec%2520Question%2520(05622tie)%253A%2520&amp;coid=51441&amp;spec=05622tie&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F420FA_2"
+  Id="rId_A1FB22_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.tiedown.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F420FA_3"
+  Id="rId_A1FB22_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/tie-down-51441"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5A67FA_1"
+  Id="rId_599D65_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Tie%252BDown&amp;message=RE%253A%2520Spec%2520Question%2520(05622tie)%253A%2520&amp;coid=51441&amp;spec=05622tie&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5A67FA_2"
+  Id="rId_599D65_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.tiedown.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>