--- v0 (2025-12-15)
+++ v1 (2026-01-25)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/protecti.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1257300" cy="1257300"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_9B5241" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
+              <wp:docPr id="1" name="Picture rId_EF0BF8" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_9B5241" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_EF0BF8" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_9B5241"/>
+                      <a:blip r:link="rId_EF0BF8"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1257300" cy="1257300"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>935 Garden Ln.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fowlerville, MI 48836</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-304-5070</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 517-223-0805</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_776D43_1" w:history="1">
+      <w:hyperlink r:id="rId_DA409D_1" w:history="1">
         <w:tooltip>request info (arcat@tssbulletproof.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (arcat@tssbulletproof.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_776D43_2" w:history="1">
+      <w:hyperlink r:id="rId_DA409D_2" w:history="1">
         <w:tooltip>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_776D43_3" w:history="1">
+      <w:hyperlink r:id="rId_DA409D_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Three decades of experience have made us an industry leader in bullet-resistant barrier systems, and we bring that expertise to bear on your security challenges. Everything we've learned in thousands of installations has been invested in how we assess security risks, how we select materials, how we craft those materials into bullet-resistant systems, and how we install those systems in the business environments of our customers. And while we've grown significantly over 30 years, we've never lost touch with our foundation - highly responsive customer service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1291,66 +1291,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>935 Garden Ln.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fowlerville, MI 48836</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-304-5070</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 517-223-0805</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9BCDBC_1" w:history="1">
+      <w:hyperlink r:id="rId_0F71FC_1" w:history="1">
         <w:tooltip>request info (arcat@tssbulletproof.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (arcat@tssbulletproof.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9BCDBC_2" w:history="1">
+      <w:hyperlink r:id="rId_0F71FC_2" w:history="1">
         <w:tooltip>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -5663,81 +5663,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_9B5241"
+  Id="rId_EF0BF8"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/protecti.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_776D43_1"
+  Id="rId_DA409D_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Total%252BSecurity%252BSolutions&amp;message=RE%253A%2520Spec%2520Question%2520(13066tss)%253A%2520&amp;coid=43676&amp;spec=13066tss&amp;rep=&amp;fax=517-223-0805"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_776D43_2"
+  Id="rId_DA409D_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://tssbulletproof.com/?utm_source=arcat&amp;utm_medium=referral&amp;utm_campaign=digital-outbound"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_776D43_3"
+  Id="rId_DA409D_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/total-security-solutions-43676"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9BCDBC_1"
+  Id="rId_0F71FC_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Total%252BSecurity%252BSolutions&amp;message=RE%253A%2520Spec%2520Question%2520(13066tss)%253A%2520&amp;coid=43676&amp;spec=13066tss&amp;rep=&amp;fax=517-223-0805"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9BCDBC_2"
+  Id="rId_0F71FC_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://tssbulletproof.com/?utm_source=arcat&amp;utm_medium=referral&amp;utm_campaign=digital-outbound"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>