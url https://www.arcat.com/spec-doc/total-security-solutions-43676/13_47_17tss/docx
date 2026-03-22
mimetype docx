--- v1 (2026-01-25)
+++ v2 (2026-03-22)
@@ -23,76 +23,76 @@
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" />
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" />
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/protecti.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
-              <wp:extent cx="1257300" cy="1257300"/>
+              <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_EF0BF8" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
+              <wp:docPr id="1" name="Picture rId_D28A42" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_EF0BF8" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_D28A42" descr="https://www.arcat.com/clients/gfx/protecti.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_EF0BF8"/>
+                      <a:blip r:link="rId_D28A42"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1257300" cy="1257300"/>
+                        <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>SECTION 13 47 17</w:t>
       </w:r>
     </w:p>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>935 Garden Ln.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fowlerville, MI 48836</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-304-5070</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 517-223-0805</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_DA409D_1" w:history="1">
+      <w:hyperlink r:id="rId_7D217A_1" w:history="1">
         <w:tooltip>request info (arcat@tssbulletproof.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (arcat@tssbulletproof.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_DA409D_2" w:history="1">
+      <w:hyperlink r:id="rId_7D217A_2" w:history="1">
         <w:tooltip>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_DA409D_3" w:history="1">
+      <w:hyperlink r:id="rId_7D217A_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Three decades of experience have made us an industry leader in bullet-resistant barrier systems, and we bring that expertise to bear on your security challenges. Everything we've learned in thousands of installations has been invested in how we assess security risks, how we select materials, how we craft those materials into bullet-resistant systems, and how we install those systems in the business environments of our customers. And while we've grown significantly over 30 years, we've never lost touch with our foundation - highly responsive customer service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1291,66 +1291,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>935 Garden Ln.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fowlerville, MI 48836</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-304-5070</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 517-223-0805</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0F71FC_1" w:history="1">
+      <w:hyperlink r:id="rId_7B6733_1" w:history="1">
         <w:tooltip>request info (arcat@tssbulletproof.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (arcat@tssbulletproof.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0F71FC_2" w:history="1">
+      <w:hyperlink r:id="rId_7B6733_2" w:history="1">
         <w:tooltip>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://tssbulletproof.com/?utm_source=arcat&amp;amp;utm_medium=referral&amp;amp;utm_campaign=digital-outbound</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -5663,81 +5663,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_EF0BF8"
+  Id="rId_D28A42"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/protecti.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_DA409D_1"
+  Id="rId_7D217A_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Total%252BSecurity%252BSolutions&amp;message=RE%253A%2520Spec%2520Question%2520(13066tss)%253A%2520&amp;coid=43676&amp;spec=13066tss&amp;rep=&amp;fax=517-223-0805"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_DA409D_2"
+  Id="rId_7D217A_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://tssbulletproof.com/?utm_source=arcat&amp;utm_medium=referral&amp;utm_campaign=digital-outbound"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_DA409D_3"
+  Id="rId_7D217A_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/total-security-solutions-43676"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0F71FC_1"
+  Id="rId_7B6733_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Total%252BSecurity%252BSolutions&amp;message=RE%253A%2520Spec%2520Question%2520(13066tss)%253A%2520&amp;coid=43676&amp;spec=13066tss&amp;rep=&amp;fax=517-223-0805"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0F71FC_2"
+  Id="rId_7B6733_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://tssbulletproof.com/?utm_source=arcat&amp;utm_medium=referral&amp;utm_campaign=digital-outbound"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>