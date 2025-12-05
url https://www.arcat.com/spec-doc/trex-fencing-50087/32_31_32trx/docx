--- v0 (2025-11-11)
+++ v1 (2025-12-05)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/trexfenc.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_70F761" descr="https://www.arcat.com/clients/gfx/trexfenc.png"/>
+              <wp:docPr id="1" name="Picture rId_16061E" descr="https://www.arcat.com/clients/gfx/trexfenc.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_70F761" descr="https://www.arcat.com/clients/gfx/trexfenc.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_16061E" descr="https://www.arcat.com/clients/gfx/trexfenc.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_70F761"/>
+                      <a:blip r:link="rId_16061E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Trex Fencing, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>2500 Trex Way</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Winchester, VA 22601</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-BUY-TREX</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CA9C20_1" w:history="1">
+      <w:hyperlink r:id="rId_24DB00_1" w:history="1">
         <w:tooltip>request info (sales@trexfencing.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@trexfencing.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CA9C20_2" w:history="1">
+      <w:hyperlink r:id="rId_24DB00_2" w:history="1">
         <w:tooltip>https://www.trex.com/products/fencing downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.trex.com/products/fencing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CA9C20_3" w:history="1">
+      <w:hyperlink r:id="rId_24DB00_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Since 1996 Trex has invented, defined and perfected the composite deck category, becoming the world's largest manufacturer of wood-alternative decking products. Never content to settle, we continue to make strides in outdoor engineering, melding innovation with environmental responsibility and beautiful form with powerful function. Leveraging our success with decking led to the inclusion of other compatible products. Primary among them was composite fencing, a unique and innovative application of material that had already proven its value.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>There's a reason we're the world's #1 composite fencing brand: we offer the most innovative, technologically advanced outdoor living products available today. As the first company to combine the durability of recycled plastic with the natural beauty of reclaimed wood in high-performance products, we lead the way in applying this proprietary technology to a wide variety of outdoor applications for low-maintenance, luxurious outdoor living.</w:t>
       </w:r>
       <w:r>
@@ -950,66 +950,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Trex Fencing, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>2500 Trex Way</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Winchester, VA 22601</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-BUY-TREX</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_497C7B_1" w:history="1">
+      <w:hyperlink r:id="rId_D3535B_1" w:history="1">
         <w:tooltip>request info (sales@trexfencing.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@trexfencing.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_497C7B_2" w:history="1">
+      <w:hyperlink r:id="rId_D3535B_2" w:history="1">
         <w:tooltip>https://www.trex.com/products/fencing downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.trex.com/products/fencing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3324,81 +3324,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_70F761"
+  Id="rId_16061E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/trexfenc.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CA9C20_1"
+  Id="rId_24DB00_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Trex%252BFencing&amp;message=RE%253A%2520Spec%2520Question%2520(02824trx)%253A%2520&amp;coid=50087&amp;spec=02824trx&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CA9C20_2"
+  Id="rId_24DB00_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.trex.com/products/fencing"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CA9C20_3"
+  Id="rId_24DB00_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/trex-fencing-50087"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_497C7B_1"
+  Id="rId_D3535B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Trex%252BFencing&amp;message=RE%253A%2520Spec%2520Question%2520(02824trx)%253A%2520&amp;coid=50087&amp;spec=02824trx&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_497C7B_2"
+  Id="rId_D3535B_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.trex.com/products/fencing"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>